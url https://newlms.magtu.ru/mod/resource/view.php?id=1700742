--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,3262 +1,771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
-  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId13"/>
+    <p:notesMasterId r:id="rId9"/>
   </p:notesMasterIdLst>
+  <p:handoutMasterIdLst>
+    <p:handoutMasterId r:id="rId10"/>
+  </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="266" r:id="rId2"/>
-[...9 lines deleted...]
-    <p:sldId id="277" r:id="rId12"/>
+    <p:sldId id="287" r:id="rId2"/>
+    <p:sldId id="297" r:id="rId3"/>
+    <p:sldId id="298" r:id="rId4"/>
+    <p:sldId id="303" r:id="rId5"/>
+    <p:sldId id="299" r:id="rId6"/>
+    <p:sldId id="302" r:id="rId7"/>
+    <p:sldId id="286" r:id="rId8"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
-  <p:notesSz cx="6858000" cy="9144000"/>
+  <p:notesSz cx="6797675" cy="9926638"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="ru-RU"/>
     </a:defPPr>
-    <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" fontAlgn="base">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" fontAlgn="base">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" fontAlgn="base">
-[...6 lines deleted...]
-      <a:defRPr kern="1200">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-      <a:defRPr kern="1200">
+      <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
-        <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+        <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
-        <a:cs typeface="Arial" charset="0"/>
+        <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
+  <p:extLst>
+    <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="">
+        <p15:guide id="1" orient="horz" pos="1620">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="2880">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
-      <a:srgbClr val="FF0000"/>
+      <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
-        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
-        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="393185"/>
-    <a:srgbClr val="323C8D"/>
+    <a:srgbClr val="000054"/>
+    <a:srgbClr val="000066"/>
+    <a:srgbClr val="C92626"/>
+    <a:srgbClr val="5EBEB2"/>
+    <a:srgbClr val="1D787D"/>
+    <a:srgbClr val="488FFF"/>
+    <a:srgbClr val="FEC254"/>
+    <a:srgbClr val="60C640"/>
+    <a:srgbClr val="989898"/>
+    <a:srgbClr val="B20005"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
-      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
+      <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
-      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
+      <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="220"/>
+    </p:ext>
+    <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...177 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...2 lines deleted...]
-    <p:restoredTop sz="94660"/>
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="15735" autoAdjust="0"/>
+    <p:restoredTop sz="70994" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="94" d="100"/>
-          <a:sy n="94" d="100"/>
+          <a:sx n="98" d="100"/>
+          <a:sy n="98" d="100"/>
         </p:scale>
-        <p:origin x="-390" y="-90"/>
+        <p:origin x="-570" y="-90"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
-  <p:gridSpacing cx="72008" cy="72008"/>
+  <p:gridSpacing cx="73736200" cy="73736200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-[...743 lines deleted...]
-</dgm:colorsDef>
+<file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
-<file path=ppt/diagrams/data1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1644 lines deleted...]
-<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...4 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Верхний колонтитул 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:ext cx="2945659" cy="498056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" fontAlgn="auto">
-[...9 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" idx="1"/>
+            <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884613" y="0"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:off x="3850443" y="0"/>
+            <a:ext cx="2945659" cy="498056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" fontAlgn="auto">
-[...9 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...7 lines deleted...]
-              <a:t>08.04.2018</a:t>
+            <a:fld id="{24086E9E-87B4-49BE-BB5D-BC920B88419A}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Образ слайда 3"/>
-[...4 lines deleted...]
-            <p:ph type="sldImg" idx="2"/>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381000" y="685800"/>
-            <a:ext cx="6096000" cy="3429000"/>
+            <a:off x="0" y="9428584"/>
+            <a:ext cx="2945659" cy="498055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="3"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3850443" y="9428584"/>
+            <a:ext cx="2945659" cy="498055"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{E093E273-D5CF-4017-88F2-ACA5B54412FD}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1413936837"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+</p:handoutMaster>
+</file>
+
+<file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Верхний колонтитул 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="hdr" sz="quarter"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="2945659" cy="496332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3850443" y="0"/>
+            <a:ext cx="2945659" cy="496332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{034E5068-3BC9-446E-91BC-6AE064861DEA}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Образ слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="90488" y="744538"/>
+            <a:ext cx="6616700" cy="3722687"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-            <a:endParaRPr lang="ru-RU" noProof="0"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заметки 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="685800" y="4343400"/>
-            <a:ext cx="5486400" cy="4114800"/>
+            <a:off x="679768" y="4715153"/>
+            <a:ext cx="5438140" cy="4466987"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" noProof="0" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" noProof="0" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" noProof="0" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" noProof="0" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" noProof="0" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" noProof="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:off x="0" y="9428583"/>
+            <a:ext cx="2945659" cy="496332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l" fontAlgn="auto">
-[...9 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3884613" y="8685213"/>
-            <a:ext cx="2971800" cy="457200"/>
+            <a:off x="3850443" y="9428583"/>
+            <a:ext cx="2945659" cy="496332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" fontAlgn="auto">
-[...9 lines deleted...]
-              </a:defRPr>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...6 lines deleted...]
-              </a:pPr>
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1462767119"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3278680062"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457200" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914400" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371600" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828800" algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
-[...5 lines deleted...]
-      </a:spcAft>
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
     <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
     <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -3275,398 +784,929 @@
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заметки 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{49933220-9481-4FAB-ADDF-6D9EFFB04DE4}" type="slidenum">
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
+              <a:pPr/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2598352802"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заметки 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Какую проблему решаем, описание проблемной ситуации</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Шаблон для формулировки: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>&lt;наш ключевой пользователь&gt; хочет &lt;достичь такого-то результата&gt;, для этого он &lt;делает что-то&gt;, но с этим возникает проблема, потому что ему мешает &lt;какое-то препятствие&gt;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Если </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>вовлеченных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t> сторон в проблемной ситуации несколько, распишите по шаблону про каждую из них.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Студенты и преподаватели истории</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{49933220-9481-4FAB-ADDF-6D9EFFB04DE4}" type="slidenum">
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
+              <a:pPr/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="643726481"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заметки 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...3 lines deleted...]
-          <a:p>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Какое решение видим?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Шаблон для формулировки решения: д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ля &lt;заинтересованных лиц&gt;, которым нужно &lt;цель заинтересованного лица&gt;, наш &lt;вид системы&gt; будет делать &lt;главную функцию&gt;. В отличие от &lt;существующих альтернатив&gt;, у которых есть &lt;описание недостатков существующих альтернатив&gt;, наш продукт лучше тем, что &lt;описание преимуществ нашего решения&gt;.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{49933220-9481-4FAB-ADDF-6D9EFFB04DE4}" type="slidenum">
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:pPr>
-[...2 lines deleted...]
-              <a:t>5</a:t>
+              <a:pPr/>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1123274621"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Образ слайда 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заметки 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...3 lines deleted...]
-          <a:p>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Какое решение видим?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="1" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Шаблон для формулировки решения: д</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ля &lt;заинтересованных лиц&gt;, которым нужно &lt;цель заинтересованного лица&gt;, наш &lt;вид системы&gt; будет делать &lt;главную функцию&gt;. В отличие от &lt;существующих альтернатив&gt;, у которых есть &lt;описание недостатков существующих альтернатив&gt;, наш продукт лучше тем, что &lt;описание преимуществ нашего решения&gt;.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="10"/>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-            <a:fld id="{49933220-9481-4FAB-ADDF-6D9EFFB04DE4}" type="slidenum">
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:pPr>
-[...1 lines deleted...]
-              </a:pPr>
+              <a:pPr/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1123274621"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Из каких частей (функциональных компонент) будет состоять ваше решение?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Попробуйте разделить решение на составляющие, из которых оно будет состоять.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" b="0" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Как делаем? Какие технологии будут использоваться для создания частей (компонент) вашего решения?</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Расписываем как вы это планируете воплощать по форме “какая часть (компонента)”: “как воплощаем”.</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3869103524"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Образ слайда 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Заметки 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Конечные результаты </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>реализации проекта</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr rtl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>В результате выполнения проекта достигнуто:, будет достигнуто</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="0" dirty="0">
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t/>
+            </a:r>
+            <a:br>
+              <a:rPr lang="ru-RU" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{DFD233B2-6335-4293-8671-B597919E1F26}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1063275142"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
@@ -3712,54 +1752,53 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1597819"/>
             <a:ext cx="7772400" cy="1102519"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1371600" y="2914650"/>
             <a:ext cx="6400800" cy="1314450"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
@@ -3831,789 +1870,713 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец подзаголовка</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец подзаголовка</a:t>
-[...32 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1295645752"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTx" preserve="1">
   <p:cSld name="Заголовок и вертикальный текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Вертикальный текст 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" orient="vert" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="eaVert"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец заголовка</a:t>
-[...84 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="291125916"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="vertTitleAndTx" preserve="1">
   <p:cSld name="Вертикальный заголовок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Вертикальный заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6629400" y="205979"/>
-            <a:ext cx="2057400" cy="4388644"/>
+            <a:off x="6629400" y="154781"/>
+            <a:ext cx="2057400" cy="3290888"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Вертикальный текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="205979"/>
-            <a:ext cx="6019800" cy="4388644"/>
+            <a:off x="457200" y="154781"/>
+            <a:ext cx="6019800" cy="3290888"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...60 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4045336068"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="obj" preserve="1">
   <p:cSld name="Заголовок и объект">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Объект 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец заголовка</a:t>
-[...84 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2429671984"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="secHead" preserve="1">
   <p:cSld name="Заголовок раздела">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="3305176"/>
             <a:ext cx="7772400" cy="1021556"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4000" b="1" cap="all"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="722313" y="2180035"/>
             <a:ext cx="7772400" cy="1125140"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000">
@@ -4686,507 +2649,474 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...31 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1174318633"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoObj" preserve="1">
   <p:cSld name="Два объекта">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1200151"/>
-            <a:ext cx="4038600" cy="3394472"/>
+            <a:off x="457200" y="900113"/>
+            <a:ext cx="4038600" cy="2545556"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4648200" y="1200151"/>
-            <a:ext cx="4038600" cy="3394472"/>
+            <a:off x="4648200" y="900113"/>
+            <a:ext cx="4038600" cy="2545556"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800"/>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="2400"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1800"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1800"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...60 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 5"/>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4559797"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="twoTxTwoObj" preserve="1">
   <p:cSld name="Сравнение">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="205979"/>
+            <a:ext cx="8229600" cy="857250"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1151335"/>
             <a:ext cx="4040188" cy="479822"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -5205,51 +3135,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Объект 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1631156"/>
             <a:ext cx="4040188" cy="2963466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -5261,82 +3191,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645026" y="1151335"/>
             <a:ext cx="4041775" cy="479822"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400" b="1"/>
@@ -5355,51 +3284,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Объект 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4645026" y="1631156"/>
             <a:ext cx="4041775" cy="2963466"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -5411,488 +3340,434 @@
             <a:lvl3pPr>
               <a:defRPr sz="1800"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1600"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1600"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Дата 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...60 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Номер слайда 5"/>
+          <p:cNvPr id="9" name="Номер слайда 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3409089837"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Только заголовок">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец заголовка</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Дата 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец заголовка</a:t>
-[...32 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Номер слайда 5"/>
+          <p:cNvPr id="5" name="Номер слайда 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="963590576"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Пустой слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Дата 3"/>
+          <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...13 lines deleted...]
-              <a:t>08.04.2018</a:t>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Номер слайда 5"/>
+          <p:cNvPr id="4" name="Номер слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2328602461"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objTx" preserve="1">
   <p:cSld name="Объект с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457201" y="204787"/>
             <a:ext cx="3008313" cy="871538"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Объект 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3575050" y="204788"/>
             <a:ext cx="5111750" cy="4389835"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
@@ -5902,82 +3777,81 @@
             <a:lvl3pPr>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Четвертый уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457201" y="1076326"/>
             <a:ext cx="3008313" cy="3518297"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -5996,270 +3870,245 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...31 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 5"/>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="3527819392"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="picTx" preserve="1">
   <p:cSld name="Рисунок с подписью">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="3600450"/>
             <a:ext cx="5486400" cy="425054"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2000" b="1"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="459581"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="457200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2800"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="914400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1371600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr lvl="0"/>
-[...4 lines deleted...]
-            <a:endParaRPr lang="ru-RU" noProof="0"/>
+            <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1792288" y="4025503"/>
             <a:ext cx="5486400" cy="603647"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -6278,689 +4127,486 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Дата 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>Образец текста</a:t>
-[...31 lines deleted...]
-              <a:t>08.04.2018</a:t>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Нижний колонтитул 4"/>
+          <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-            </a:pPr>
+          <a:lstStyle/>
+          <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Номер слайда 5"/>
+          <p:cNvPr id="7" name="Номер слайда 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...12 lines deleted...]
-              </a:pPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2390185427"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgPr>
-[...10 lines deleted...]
-      </p:bgPr>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1026" name="Заголовок 1"/>
+          <p:cNvPr id="2" name="Заголовок 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr bwMode="auto">
+        <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="206375"/>
+            <a:off x="457200" y="205979"/>
             <a:ext cx="8229600" cy="857250"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...5 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
-[...2 lines deleted...]
-            </a:prstTxWarp>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" smtClean="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="1027" name="Текст 2"/>
+          <p:cNvPr id="3" name="Текст 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
-          </p:nvPr>
-[...68 lines deleted...]
-            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="4767263"/>
-            <a:ext cx="2133600" cy="274637"/>
+            <a:off x="457200" y="1200151"/>
+            <a:ext cx="8229600" cy="3394472"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
-[...23 lines deleted...]
-            <a:fld id="{056F3D64-DD90-4F21-A4E0-DB5B7A20D3FB}" type="datetimeFigureOut">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
               <a:rPr lang="ru-RU"/>
-              <a:pPr>
-[...15 lines deleted...]
-            <p:ph type="ftr" sz="quarter" idx="3"/>
+              <a:t>Образец текста</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Второй уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Третий уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Четвертый уровень</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="ru-RU"/>
+              <a:t>Пятый уровень</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Дата 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3124200" y="4767263"/>
-            <a:ext cx="2895600" cy="274637"/>
+            <a:off x="457200" y="4767263"/>
+            <a:ext cx="2133600" cy="273844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr" fontAlgn="auto">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...1 lines deleted...]
-            </a:pPr>
+            <a:fld id="{8808ABD2-2C57-4164-9D35-35C60E7915BC}" type="datetimeFigureOut">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
+              <a:t>23.10.2025</a:t>
+            </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Номер слайда 5"/>
-[...4 lines deleted...]
-            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          <p:cNvPr id="5" name="Нижний колонтитул 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6553200" y="4767263"/>
-            <a:ext cx="2133600" cy="274637"/>
+            <a:off x="3124200" y="4767263"/>
+            <a:ext cx="2895600" cy="273844"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="r" fontAlgn="auto">
-[...5 lines deleted...]
-              </a:spcAft>
+            <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="+mn-lt"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr>
-[...6 lines deleted...]
-              </a:pPr>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Номер слайда 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553200" y="4767263"/>
+            <a:ext cx="2133600" cy="273844"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="r">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{B8B12C13-9DD8-40BC-BA66-D02BBA50A9B3}" type="slidenum">
+              <a:rPr lang="ru-RU" smtClean="0"/>
+              <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="4114775705"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483651" r:id="rId3"/>
     <p:sldLayoutId id="2147483652" r:id="rId4"/>
     <p:sldLayoutId id="2147483653" r:id="rId5"/>
     <p:sldLayoutId id="2147483654" r:id="rId6"/>
     <p:sldLayoutId id="2147483655" r:id="rId7"/>
     <p:sldLayoutId id="2147483656" r:id="rId8"/>
     <p:sldLayoutId id="2147483657" r:id="rId9"/>
     <p:sldLayoutId id="2147483658" r:id="rId10"/>
     <p:sldLayoutId id="2147483659" r:id="rId11"/>
   </p:sldLayoutIdLst>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="ctr" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
-        <a:spcAft>
-[...1 lines deleted...]
-        </a:spcAft>
+        <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr algn="ctr" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
-[...110 lines deleted...]
-      </a:lvl9pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="342900" indent="-342900" algn="l" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl1pPr marL="342900" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:spcAft>
-[...2 lines deleted...]
-        <a:buFont typeface="Arial" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="3200" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="742950" indent="-285750" algn="l" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl2pPr marL="742950" indent="-285750" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:spcAft>
-[...2 lines deleted...]
-        <a:buFont typeface="Arial" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="–"/>
         <a:defRPr sz="2800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:spcAft>
-[...2 lines deleted...]
-        <a:buFont typeface="Arial" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:spcAft>
-[...2 lines deleted...]
-        <a:buFont typeface="Arial" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="–"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" rtl="0" eaLnBrk="1" fontAlgn="base" hangingPunct="1">
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
-        <a:spcAft>
-[...2 lines deleted...]
-        <a:buFont typeface="Arial" charset="0"/>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="»"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
       <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:spcBef>
           <a:spcPct val="20000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="2000" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
@@ -7088,14451 +4734,3150 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...179 lines deleted...]
-<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...8 lines deleted...]
-        </p:nvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80DDF879-1111-476A-8644-8A45F9AEFD30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="-10448" y="2696"/>
+            <a:ext cx="9147175" cy="5154613"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Рисунок 4" descr="Создавай_2.png"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:duotone>
+              <a:prstClr val="black"/>
+              <a:schemeClr val="accent1">
+                <a:tint val="45000"/>
+                <a:satMod val="400000"/>
+              </a:schemeClr>
+            </a:duotone>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="928662" y="206375"/>
-            <a:ext cx="7758138" cy="857250"/>
+            <a:off x="4444739" y="163819"/>
+            <a:ext cx="4699261" cy="3942239"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...3 lines deleted...]
-            <a:pPr algn="l"/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B9D0A41C-9381-4CFE-80C7-36683BBF5282}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1763688" y="1203598"/>
+            <a:ext cx="4691825" cy="2600712"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Заключение: основные выводы</a:t>
-            </a:r>
+              <a:t>Тема:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
             <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...6 lines deleted...]
-          </p:cNvGrpSpPr>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:spcAft>
+                <a:spcPts val="1000"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{61262E55-FB26-4EBC-8747-56CE20E0E10A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="571472" y="1200150"/>
-[...2 lines deleted...]
-            <a:chExt cx="7306574" cy="4123328"/>
+            <a:off x="2555775" y="4353973"/>
+            <a:ext cx="6336704" cy="538609"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...2735 lines deleted...]
-      </p:grpSp>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="88900">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Авторы проекта: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>                                        </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>студент </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>1 курса, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>группы</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="88900">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>ФГБОУ ВО «МГТУ им. Г. И. Носова», Многопрофильный колледж» </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="88900">
+              <a:lnSpc>
+                <a:spcPts val="1400"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Наставник</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Риве Юлия </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>А</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>натольевна</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2869509851"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...116 lines deleted...]
-  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" Requires="p14">
+      <p:transition p14:dur="0"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <p:transition/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2" descr="C:\Users\Андрей\Desktop\1\Безымянный-1.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19D3AA83-3ABE-422A-8BD6-C79E115B5F8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="395288" y="123825"/>
+            <a:ext cx="8424862" cy="817563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{693CD91F-0DD7-4CBF-99DC-91CB7DA7F2C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="928662" y="206375"/>
-            <a:ext cx="7929618" cy="857250"/>
+            <a:off x="663575" y="123825"/>
+            <a:ext cx="8229600" cy="773113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Описание проекта</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Содержимое 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A47B0491-3DC6-43BB-B111-5E6737BCC95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311895" y="1202586"/>
+            <a:ext cx="8405813" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3000" b="1" dirty="0">
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...6 lines deleted...]
-          </p:cNvGrpSpPr>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3F97779-852D-4786-8EF0-AC999452D737}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="285720" y="1357304"/>
-[...2 lines deleted...]
-            <a:chExt cx="7953021" cy="3530187"/>
+            <a:off x="445768" y="1006705"/>
+            <a:ext cx="3456384" cy="359073"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...27 lines deleted...]
-              </a:prstGeom>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000054"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="MS Gothic" pitchFamily="49" charset="-128"/>
+              </a:rPr>
+              <a:t>Проблема</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07BC83C1-8860-4C34-B3A6-7945B8CF6AC6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445768" y="1371790"/>
+            <a:ext cx="8374383" cy="707886"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln>
-[...41 lines deleted...]
-              </a:prstGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln>
-[...169 lines deleted...]
-              </a:prstGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E5113499-9E82-459B-A415-03014CBE5021}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445768" y="2498775"/>
+            <a:ext cx="4655335" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="38100">
-[...360 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...556 lines deleted...]
-              </a:prstGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="38100">
-[...169 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A446EC17-D09C-4629-AB97-DBB99E141C8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445768" y="2139702"/>
+            <a:ext cx="3456384" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Цель  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6D4AB31F-D6F9-49B5-AF27-7444590FE39D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445768" y="3507854"/>
+            <a:ext cx="5507476" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Целевая аудитория  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{639F9D57-27A4-45F0-8229-0E4E88A70F4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="445769" y="3866927"/>
+            <a:ext cx="4655334" cy="1015663"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent3"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...54 lines deleted...]
-              </a:prstGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="38100">
-[...399 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...555 lines deleted...]
-      </p:grpSp>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2" descr="C:\Users\Андрей\Desktop\1\Безымянный-1.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19D3AA83-3ABE-422A-8BD6-C79E115B5F8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="395288" y="123825"/>
+            <a:ext cx="8424862" cy="817563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{693CD91F-0DD7-4CBF-99DC-91CB7DA7F2C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="663575" y="123825"/>
+            <a:ext cx="8229600" cy="773113"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Описание проекта</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Содержимое 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A47B0491-3DC6-43BB-B111-5E6737BCC95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323850" y="1203325"/>
+            <a:ext cx="8405813" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F542E8AE-69CA-4640-A349-64A8C51CED86}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="535367" y="3839616"/>
+            <a:ext cx="3023511" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Наши </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
-                </a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Цель и задачи индивидуального проекта</a:t>
-[...128 lines deleted...]
-          </p:cNvGrpSpPr>
+              <a:t>эксперты</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E655F580-7474-4662-ABEB-AD3E06888383}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="300242" y="2412422"/>
-[...2 lines deleted...]
-            <a:chExt cx="9894398" cy="3269800"/>
+            <a:off x="535368" y="1679846"/>
+            <a:ext cx="3423986" cy="359073"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...78 lines deleted...]
-            <a:ln w="28575">
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Аналоги</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2800" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-            </a:ln>
-[...30 lines deleted...]
-            <a:ln w="28575">
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9E5B54F1-434B-4C20-96CF-A9C1A2C54D06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502660" y="2017071"/>
+            <a:ext cx="4192020" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="1600" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:tailEnd type="oval"/>
-[...31 lines deleted...]
-            <a:ln w="28575">
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{630AD657-9329-4A9A-935A-D117D76F61DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502660" y="2424475"/>
+            <a:ext cx="4568303" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Наши преимущества </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87945AF2-14F5-4F01-985D-024904E6550A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502660" y="2781555"/>
+            <a:ext cx="4187157" cy="954107"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent3"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-            </a:ln>
-[...30 lines deleted...]
-            <a:ln w="28575">
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent3"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:tailEnd type="oval"/>
-[...44 lines deleted...]
-              </a:prstGeom>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln>
-[...6 lines deleted...]
-                  <a:shade val="50000"/>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{665CC32D-26AB-456C-9019-5996EE15EC67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="503627" y="4180978"/>
+            <a:ext cx="4219866" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Преподаватель спец. дисциплины </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="TextBox 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B73D250D-FFBE-40EC-A601-9171327106E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="535368" y="999772"/>
+            <a:ext cx="5172150" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Идея</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{65D4550E-669F-4375-A50C-DF50EB124B58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="502660" y="1349116"/>
+            <a:ext cx="8317490" cy="307777"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2">
+                    <a:lumMod val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
                 </a:schemeClr>
-              </a:lnRef>
-[...342 lines deleted...]
-                <a:schemeClr val="accent3"/>
               </a:solidFill>
-              <a:tailEnd type="triangle"/>
-[...774 lines deleted...]
-      </p:grpSp>
+              <a:latin typeface="Bahnschrift Condensed" panose="020B0502040204020203" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="396275210"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1442957590"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2" descr="C:\Users\Андрей\Desktop\1\Безымянный-1.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19D3AA83-3ABE-422A-8BD6-C79E115B5F8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="395288" y="123825"/>
+            <a:ext cx="8424862" cy="817563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{693CD91F-0DD7-4CBF-99DC-91CB7DA7F2C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1000100" y="206375"/>
-            <a:ext cx="7686700" cy="857250"/>
+            <a:off x="663575" y="123825"/>
+            <a:ext cx="8229600" cy="773113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="4000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Описание проекта</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Содержимое 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A47B0491-3DC6-43BB-B111-5E6737BCC95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323850" y="1203325"/>
+            <a:ext cx="8405813" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...8 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...264 lines deleted...]
-              </a:prstGeom>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln>
-[...1113 lines deleted...]
-          <p:cNvPr id="3" name="TextBox 2"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{630AD657-9329-4A9A-935A-D117D76F61DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7387673" y="3624221"/>
-            <a:ext cx="820815" cy="369332"/>
+            <a:off x="539551" y="3302880"/>
+            <a:ext cx="4568303" cy="359073"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0">
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...3 lines deleted...]
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Слабые стороны </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87945AF2-14F5-4F01-985D-024904E6550A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="3723878"/>
+            <a:ext cx="7245187" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="TextBox 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B73D250D-FFBE-40EC-A601-9171327106E9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="1060831"/>
+            <a:ext cx="5172150" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Риски</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{65D4550E-669F-4375-A50C-DF50EB124B58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="567172" y="1419904"/>
+            <a:ext cx="2484223" cy="1631216"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="177800" indent="-177800" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="538163" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="177800" indent="-177800" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="538163" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="177800" indent="-177800" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="538163" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="177800" indent="-177800" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="538163" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="177800" indent="-177800" algn="just">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="538163" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{630AD657-9329-4A9A-935A-D117D76F61DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="4227934"/>
+            <a:ext cx="4568303" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3200" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Сильные стороны </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="3200" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87945AF2-14F5-4F01-985D-024904E6550A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539552" y="4587974"/>
+            <a:ext cx="7245187" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Roboto Condensed Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1442957590"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Заголовок 1"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2" descr="C:\Users\Андрей\Desktop\1\Безымянный-1.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19D3AA83-3ABE-422A-8BD6-C79E115B5F8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="395288" y="123825"/>
+            <a:ext cx="8424862" cy="817563"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6147" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{693CD91F-0DD7-4CBF-99DC-91CB7DA7F2C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1000100" y="206375"/>
-            <a:ext cx="7686700" cy="857250"/>
+            <a:off x="663575" y="123825"/>
+            <a:ext cx="8229600" cy="773113"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...1 lines deleted...]
-              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+            <a:pPr eaLnBrk="1" hangingPunct="1"/>
+            <a:r>
+              <a:rPr lang="ru-RU" altLang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Источники получения информации</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+              <a:t>Описание проекта</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Содержимое 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A47B0491-3DC6-43BB-B111-5E6737BCC95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="323850" y="1203325"/>
+            <a:ext cx="8405813" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...6 lines deleted...]
-          </p:cNvGrpSpPr>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D64E6F68-F6FF-4317-9AB2-2CA86C5DE914}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1200150"/>
-[...2 lines deleted...]
-            <a:chExt cx="7238209" cy="3000406"/>
+            <a:off x="539551" y="1189818"/>
+            <a:ext cx="4997319" cy="359073"/>
           </a:xfrm>
-        </p:grpSpPr>
-[...93 lines deleted...]
-              </a:custGeom>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Мероприятия</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{73FAC357-B2C0-4B15-BB1D-6D4C98DD9D5A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539553" y="1704103"/>
+            <a:ext cx="8280598" cy="2554545"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>этап - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подготовительный </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...30 lines deleted...]
-              </a:xfrm>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent1">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-            </p:grpSpPr>
-[...253 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2 этап - основной </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent2"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...73 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
               <a:solidFill>
-                <a:schemeClr val="accent2">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...136 lines deleted...]
-              </a:custGeom>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent3"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-              <a:ln w="9525">
-[...30 lines deleted...]
-              </a:xfrm>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 этап - заключительный (демонстрация</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>, защита проекта, внедрение нашего продукта в целевую </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>аудиторию                                                                                                                  )</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>;</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="accent3">
-[...1 lines deleted...]
-                </a:schemeClr>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
-            </p:grpSpPr>
-[...2723 lines deleted...]
-      </p:grpSp>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="397247327"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:grpSp>
-[...4 lines deleted...]
-          </p:cNvGrpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6146" name="Picture 2" descr="C:\Users\Андрей\Desktop\1\Безымянный-1.png">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19D3AA83-3ABE-422A-8BD6-C79E115B5F8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvGrpSpPr>
-        <p:grpSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="500034" y="1214428"/>
-[...1946 lines deleted...]
-            <a:ext cx="3886064" cy="646331"/>
+            <a:off x="468313" y="51506"/>
+            <a:ext cx="8424862" cy="817563"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-        <p:txBody>
-          <a:bodyPr wrap="none">
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6148" name="Содержимое 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A47B0491-3DC6-43BB-B111-5E6737BCC95D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="369093" y="1162895"/>
+            <a:ext cx="8405813" cy="3619500"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" altLang="ru-RU" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{345660F0-F11B-4882-B867-CE7DCB9EBCBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1147077" y="402016"/>
+            <a:ext cx="7313355" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0" smtClean="0">
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Структура проекта</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3600" dirty="0"/>
+              <a:t>Перспективы</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{215136EF-1866-4525-BC4B-3655DC6453D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="683568" y="1190885"/>
+            <a:ext cx="2557220" cy="359073"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="2800"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Roboto" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Перспективы</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D60C327F-74A5-481D-B3C4-250EFE53CACA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="683568" y="1674032"/>
+            <a:ext cx="8209607" cy="3077766"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:lumMod val="20000"/>
+              <a:lumOff val="80000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-254000">
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="ru-RU" sz="2000" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:srgbClr val="002060"/>
+              </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="2267196646"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...7 lines deleted...]
-          </p:nvPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{30BDDFD6-13B1-46FA-9BB6-461F3B88BAFC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="0" y="-11113"/>
+            <a:ext cx="9147175" cy="5154613"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1000100" y="206375"/>
-            <a:ext cx="7686700" cy="857250"/>
+            <a:off x="1979712" y="1635646"/>
+            <a:ext cx="6408712" cy="1107996"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...7 lines deleted...]
-                </a:solidFill>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="6600" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="002060"/>
+                </a:solidFill>
+                <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Основная часть проекта</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="3600" b="1" dirty="0">
+              <a:t>Спасибо за внимание!</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="6600" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="002060"/>
               </a:solidFill>
+              <a:latin typeface="Bahnschrift Condensed" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...17 lines deleted...]
-      </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns="" val="1725600831"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...174 lines deleted...]
-  </p:clrMapOvr>
+  <p:transition spd="slow">
+    <p:push dir="u"/>
+  </p:transition>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Презентация ИП">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -21847,84 +8192,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -22055,87 +8402,345 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Презентация ИП</Template>
+  <Template/>
   <TotalTime></TotalTime>
-  <Words>144</Words>
+  <Words>313</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Экран (16:9)</PresentationFormat>
-  <Paragraphs>86</Paragraphs>
-[...1 lines deleted...]
-  <Notes>4</Notes>
+  <Paragraphs>73</Paragraphs>
+  <Slides>7</Slides>
+  <Notes>6</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
-[...11 lines deleted...]
-      <vt:lpstr>Индивидуальный проект</vt:lpstr>
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Тема Office</vt:lpstr>
+      <vt:lpstr>Слайд 1</vt:lpstr>
+      <vt:lpstr>Описание проекта</vt:lpstr>
+      <vt:lpstr>Описание проекта</vt:lpstr>
+      <vt:lpstr>Описание проекта</vt:lpstr>
+      <vt:lpstr>Описание проекта</vt:lpstr>
+      <vt:lpstr>Слайд 6</vt:lpstr>
+      <vt:lpstr>Слайд 7</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Слайд 1</dc:title>
-  <dc:creator>n.kyakkinen</dc:creator>
+  <dc:title>Презентация PowerPoint</dc:title>
+  <dc:creator>Mila Golovchenko</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>